--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0f8c72d8284f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca697f8f4ff43f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48f808543b24247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96899a23362b4ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b9721a444c747c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48f808543b24247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf8bbb395ed44ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96899a23362b4ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuer das gute Gewissen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>85,691</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>