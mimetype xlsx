--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca697f8f4ff43f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50fb4fc59acb47bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96899a23362b4ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a9bdb622da84c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf8bbb395ed44ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96899a23362b4ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d02831bdad744bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a9bdb622da84c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuer das gute Gewissen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>