--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7d73d63f1446fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7875eb4466c24ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6a83a74d5c84094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc414d41e6cb451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830741ee187c4651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6a83a74d5c84094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffa99c47bbf84eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc414d41e6cb451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Limitless Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,648</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>