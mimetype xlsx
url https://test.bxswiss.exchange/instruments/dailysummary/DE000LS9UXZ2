--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf7af048ea748cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc500eb0f6344e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree722bcd02954207"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2d99e71e634dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb092bac2fd4344d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree722bcd02954207" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06751a7c6eb14b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2d99e71e634dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Life Luxury </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>75,373</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,154</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>76,129</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>