--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc500eb0f6344e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5e933bed9f4e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2d99e71e634dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d0c7a186609440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06751a7c6eb14b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2d99e71e634dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc718da1ae4ec43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d0c7a186609440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Life Luxury </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>77,539</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,412</x:t>
-[...112 lines deleted...]
-          <x:t>78,666</x:t>
+          <x:t>77,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>