--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4418bad395ca4075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84fdecb205bc48ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0019cb7e698346d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96ae8cd2e604720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b46ebfefa954892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0019cb7e698346d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11fe3d58a214888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96ae8cd2e604720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UY01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>80,582</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>