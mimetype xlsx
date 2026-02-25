--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84fdecb205bc48ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086607862c944089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96ae8cd2e604720"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81017b43a0584d1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11fe3d58a214888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96ae8cd2e604720" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1655763fc34d468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81017b43a0584d1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UY01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,604</x:t>
-[...296 lines deleted...]
-          <x:t>83,588</x:t>
+          <x:t>82,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,560</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>75,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>