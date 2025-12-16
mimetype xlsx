--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f0f1ee11444083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c97c1954fd496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b4e9e7ddd143ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd44cfd05714dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d4f0cd2a7a45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b4e9e7ddd143ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4202d86574f44f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd44cfd05714dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sector chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>202,464</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,207</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...423 lines deleted...]
-          <x:t>199,018</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...127 lines deleted...]
-          <x:t>206,277</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>