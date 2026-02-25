--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c97c1954fd496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5fae264166407c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd44cfd05714dcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7625533aa4c14b16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4202d86574f44f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd44cfd05714dcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af61bf9880f4280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7625533aa4c14b16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sector chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>