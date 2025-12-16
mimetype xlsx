--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R710cad5508fb4bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd116fa042da4838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb99ac5663d44e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db3d836a8b145fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3b4d31fb9c43a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb99ac5663d44e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b7dbf8f864a4eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db3d836a8b145fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividenden Strategie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>110,332</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,722</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>110,046</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,277</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>111,399</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>