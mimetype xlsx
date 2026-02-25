--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd116fa042da4838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f3bfb5abe544f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db3d836a8b145fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9201f9b2ff3941a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b7dbf8f864a4eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db3d836a8b145fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc68f81d990884aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9201f9b2ff3941a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividenden Strategie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>