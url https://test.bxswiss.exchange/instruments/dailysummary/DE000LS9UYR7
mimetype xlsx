--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cfa6c6e51104c12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc408541b8c4ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841c1cf74f784f79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1232ba9725b4b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b31e8e0f194549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841c1cf74f784f79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf5f6cc78274cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1232ba9725b4b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,549</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>