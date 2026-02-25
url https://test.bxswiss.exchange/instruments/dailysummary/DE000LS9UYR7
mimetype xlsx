--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc408541b8c4ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc97a2fb70734082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1232ba9725b4b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd245d46b19b43a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf5f6cc78274cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1232ba9725b4b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8aab4b08644cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd245d46b19b43a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>140,557</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,427</x:t>
-[...242 lines deleted...]
-          <x:t>141,143</x:t>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>