--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ea5b2846a64d35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde70ab69aa624b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe1adbe278d54d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d54086ebf274adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11c21f6c29c4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe1adbe278d54d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4531c7b30d41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d54086ebf274adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Sector Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,846</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>