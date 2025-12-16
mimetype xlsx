--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ff4c85711b4a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09934d7c136e4f49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707396caf2be4fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d747c413f74b72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f6fd6029cb4608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707396caf2be4fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e18db51f614ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d747c413f74b72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hangover Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,209</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>