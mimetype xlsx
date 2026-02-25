--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09934d7c136e4f49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e7c9b199614036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d747c413f74b72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R619ef9c63f4245df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e18db51f614ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d747c413f74b72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd057a436396422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R619ef9c63f4245df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hangover Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>