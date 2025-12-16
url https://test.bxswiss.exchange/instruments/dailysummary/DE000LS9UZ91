--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b92dab30914e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6558663a89fe4208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95de37098b7a43ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56457d8261954f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb3818c01324a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95de37098b7a43ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f1a8cbbff904f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56457d8261954f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Leaders Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,525</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>