--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6558663a89fe4208" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce34ac4918c24536" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56457d8261954f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e84ee3178046d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f1a8cbbff904f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56457d8261954f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d31977c3e674477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e84ee3178046d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Leaders Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>130,652</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,077</x:t>
-[...107 lines deleted...]
-          <x:t>130,632</x:t>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>