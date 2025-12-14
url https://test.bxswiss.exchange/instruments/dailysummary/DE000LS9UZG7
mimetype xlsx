--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec783b04f60f4b3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ad4d2f708840d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra032c8fec7df4cfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a058afca434109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d44f1b0e86e444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra032c8fec7df4cfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd1e796265e4301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a058afca434109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odabas Watchlist Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...453 lines deleted...]
-          <x:t>107,511</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>