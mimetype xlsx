--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ad4d2f708840d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd666d0bc29b444ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a058afca434109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1c6537391d4b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd1e796265e4301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a058afca434109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48b0ddeff347420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1c6537391d4b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odabas Watchlist Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,495</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>