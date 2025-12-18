--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5433748692415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e639577526d4c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R047f99126ab34553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e1202550c8e4875"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d700a5075e4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R047f99126ab34553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1007a9fd720849f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e1202550c8e4875" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uranium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>200,083</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>