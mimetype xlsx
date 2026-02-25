--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e639577526d4c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R661a7d4ec40f4ff3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e1202550c8e4875"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f23804e6234cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1007a9fd720849f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e1202550c8e4875" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe8e0acc1fea42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f23804e6234cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uranium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,570 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...518 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>