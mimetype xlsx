--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd1029084394577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827bf31d0653446f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578ceae5cb5148a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45bfbbecfdaf4c09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee3556f55b942dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578ceae5cb5148a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ec558db5e04670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45bfbbecfdaf4c09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>104,899</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>