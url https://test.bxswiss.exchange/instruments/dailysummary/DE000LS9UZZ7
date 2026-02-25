--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827bf31d0653446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ca1fee313d4c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45bfbbecfdaf4c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c354d67e9744393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ec558db5e04670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45bfbbecfdaf4c09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c6543cb792b4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c354d67e9744393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>104,032</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,253</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>104,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>