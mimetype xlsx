--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4924858e961143e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50bd1222cbc499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3085f7a341e04a27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354e9304553a4df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R530205f443c4413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3085f7a341e04a27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c1320f22cc4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354e9304553a4df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantencomputing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,328</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>