--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50bd1222cbc499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaf20200260b49bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354e9304553a4df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97a578261bd445c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c1320f22cc4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354e9304553a4df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dbe29bb93564e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97a578261bd445c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantencomputing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,082</x:t>
-[...63 lines deleted...]
-          <x:t>150,719</x:t>
+          <x:t>152,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>