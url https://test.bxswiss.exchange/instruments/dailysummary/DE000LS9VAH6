--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd57f227391c4795" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c8a3868af3d47a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8129179e165543d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf990b4bf294c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cb0efae4c04896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8129179e165543d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01eb1cf7e9a44438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf990b4bf294c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuchstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,126</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>