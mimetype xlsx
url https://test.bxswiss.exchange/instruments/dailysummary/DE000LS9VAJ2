--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra469b2a350fc4e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53dceea3d4043c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf532f3564f57479f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49626d9a98e4cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a63bf5a4b74933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf532f3564f57479f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3391f925204bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49626d9a98e4cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Web3 Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>205,706</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>