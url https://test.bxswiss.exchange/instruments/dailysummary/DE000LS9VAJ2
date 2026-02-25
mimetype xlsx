--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53dceea3d4043c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2043d2684f534617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49626d9a98e4cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra670361631054774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3391f925204bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49626d9a98e4cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb711959ef14174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra670361631054774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Web3 Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>