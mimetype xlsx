--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6df7f6e2cd54140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0adfefb3662c4e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ce2daa0c9d46be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb724dd9b8097432b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c88f6f7345468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ce2daa0c9d46be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54e8eba27c94975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb724dd9b8097432b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>94,363</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,364</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>95,812</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>