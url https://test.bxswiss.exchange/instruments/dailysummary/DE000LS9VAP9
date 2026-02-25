--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0adfefb3662c4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd7cc901b7446c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb724dd9b8097432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ee6ea72b194291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54e8eba27c94975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb724dd9b8097432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f72f1664f684027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ee6ea72b194291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>