--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9905ea5d82c648c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7704e0f625640da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf54cb62a2def4549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87d3ac09b2d44f19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb039fead7c4846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf54cb62a2def4549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc898814665fb492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87d3ac09b2d44f19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Tech Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>97,626</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...100 lines deleted...]
-          <x:t>99,992</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>