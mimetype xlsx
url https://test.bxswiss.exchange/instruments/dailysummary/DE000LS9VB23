--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7704e0f625640da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdc0e4be0694961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87d3ac09b2d44f19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b8831e4d7124d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc898814665fb492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87d3ac09b2d44f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc04bbc626c84c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b8831e4d7124d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Tech Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>101,570</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,983</x:t>
-[...220 lines deleted...]
-          <x:t>99,031</x:t>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>