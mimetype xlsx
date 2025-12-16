--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa26f35b13d742ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4791900007194dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fbd8164a8bb42b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c7e16a64654ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raadcaec8b1d0411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fbd8164a8bb42b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a5c019633464fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c7e16a64654ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Michael Tuerk Commodity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>222,456</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>