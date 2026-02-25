--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4791900007194dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97ff9cf2cad45d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c7e16a64654ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb520966f4e4092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a5c019633464fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c7e16a64654ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833861c4fed549c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb520966f4e4092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Michael Tuerk Commodity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>