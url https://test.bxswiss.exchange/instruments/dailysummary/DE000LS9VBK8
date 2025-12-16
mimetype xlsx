--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf798ab1c09c046c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111597a236c641da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e9769cd55d497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6f1be1878248ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R979e42a307f24459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e9769cd55d497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40994565e9e4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6f1be1878248ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3 Legs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>110,779</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>