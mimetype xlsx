--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111597a236c641da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823e26ec383e47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6f1be1878248ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd813d8ea89d34654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40994565e9e4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6f1be1878248ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2c44076ec8418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd813d8ea89d34654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3 Legs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>