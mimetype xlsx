--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2f8f217b3949c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8422de7d64400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43359a3300d94c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd292e661ec3741b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694b74ed6e54489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43359a3300d94c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4666a8843c94a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd292e661ec3741b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Logistik Roboter Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,270</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>