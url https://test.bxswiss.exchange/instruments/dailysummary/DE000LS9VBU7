--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8422de7d64400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fecaddf99c14cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd292e661ec3741b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981bf50155a94756"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4666a8843c94a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd292e661ec3741b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d0c7119d604cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981bf50155a94756" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Logistik Roboter Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,133</x:t>
-[...360 lines deleted...]
-          <x:t>137,659</x:t>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>