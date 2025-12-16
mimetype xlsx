--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f261fc95c34160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d11e773670a4370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd221700673c5496e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba54b82850774812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e44319007184c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd221700673c5496e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cafa70ee85c48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba54b82850774812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China und Emerging Markets Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>152,769</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>