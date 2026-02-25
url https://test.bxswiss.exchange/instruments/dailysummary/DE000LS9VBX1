--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d11e773670a4370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b8f8a5780b43d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba54b82850774812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b4514f73ec46eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cafa70ee85c48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba54b82850774812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb524b090e6041f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b4514f73ec46eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China und Emerging Markets Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>