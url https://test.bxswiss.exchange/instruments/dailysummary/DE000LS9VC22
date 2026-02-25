--- v0 (2025-12-15)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d6c67c6dafd4acc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7141c8b4104450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d28a34823e4aa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a6038720484457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5799b1d8f05242b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d28a34823e4aa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e90f57cb82a4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a6038720484457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM wenige Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>76,808</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,781</x:t>
-[...328 lines deleted...]
-          <x:t>76,861</x:t>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>