--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda7d83481e94caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf4b8adfefa34058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e28a3ac4935434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b749e035db454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda19bedf44e4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e28a3ac4935434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79976ea2b7cf4336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b749e035db454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Polen-Osteuropa ganz stark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,823</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>