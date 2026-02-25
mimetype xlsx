--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf4b8adfefa34058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1892aad51211424b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b749e035db454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2941b7ac73564154"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79976ea2b7cf4336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b749e035db454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref1d5961f7bc4575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2941b7ac73564154" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Polen-Osteuropa ganz stark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>98,276</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,553</x:t>
-[...85 lines deleted...]
-          <x:t>98,387</x:t>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>