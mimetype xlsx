--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1a2e1e005f476d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f506ed039934b1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbde3206ec2f54f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ee1f9d2c844f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c792332afbe4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbde3206ec2f54f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0108feebb5b842b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ee1f9d2c844f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Evolution Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>118,538</x:t>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,499</x:t>
-[...409 lines deleted...]
-          <x:t>127,377</x:t>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>