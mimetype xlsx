--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f506ed039934b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49427d63fb14506" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ee1f9d2c844f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a11d833f09b412e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0108feebb5b842b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ee1f9d2c844f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9455e654d84e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a11d833f09b412e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Evolution Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>121,858</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,527</x:t>
-[...323 lines deleted...]
-          <x:t>119,135</x:t>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>