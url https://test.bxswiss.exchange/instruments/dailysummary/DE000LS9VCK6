--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a3e1bd0932404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a71d01972b45ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614461ad8bc7414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbec21baf9144e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf335c0500e242aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614461ad8bc7414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b28c9dd3b464b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbec21baf9144e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFEYNNSOFF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>97,862</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,668</x:t>
-[...48 lines deleted...]
-          <x:t>97,844</x:t>
+          <x:t>97,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,730</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>97,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>