--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a71d01972b45ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4cc70b226af4910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbec21baf9144e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5364910054b84bc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b28c9dd3b464b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbec21baf9144e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314a3fb67be1427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5364910054b84bc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFEYNNSOFF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>97,831</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>97,841</x:t>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,815</x:t>
-[...161 lines deleted...]
-          <x:t>97,810</x:t>
+          <x:t>97,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,847</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>97,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>