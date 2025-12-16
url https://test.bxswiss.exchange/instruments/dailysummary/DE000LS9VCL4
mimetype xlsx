--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55baec811aec412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4008b15fb81542f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3919c6c89db54297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd022308421e43a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49c5b266cd1540ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3919c6c89db54297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R125e21de92834624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd022308421e43a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFOPSILVER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>125,661</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>