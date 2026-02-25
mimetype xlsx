--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4008b15fb81542f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a1eea6ad194ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd022308421e43a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae4c3cdd63c4c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R125e21de92834624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd022308421e43a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f2744ad24ed4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae4c3cdd63c4c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFOPSILVER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>141,763</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>