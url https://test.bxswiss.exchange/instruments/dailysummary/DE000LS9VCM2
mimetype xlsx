--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2bcafc15b2244a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f3682856734cf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde1c78c8e0f44d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d42f1743f24cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c840df5eb34de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde1c78c8e0f44d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124eb764f35c4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d42f1743f24cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFCHVEQCHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,363</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>