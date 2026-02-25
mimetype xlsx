--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f3682856734cf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc14cc7198314980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d42f1743f24cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R569de4dc95654749"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124eb764f35c4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d42f1743f24cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b536bafd37446a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R569de4dc95654749" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFCHVEQCHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>101,313</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>102,169</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>