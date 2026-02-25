--- v0 (2025-12-18)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355901300cfa4e0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a1c299da614fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4559f090c6e48cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdab07db4338443c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R438f0028c31c48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4559f090c6e48cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d14f576a372441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdab07db4338443c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>