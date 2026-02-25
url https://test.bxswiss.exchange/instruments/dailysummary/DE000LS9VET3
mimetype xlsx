--- v0 (2025-12-15)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf12fc12e6c4c18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d7e5bd54ea40df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fecca00490841c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R165f0b82973840bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07233d14ccd418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fecca00490841c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b1427613474c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R165f0b82973840bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuruInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VET3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>88,350</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>