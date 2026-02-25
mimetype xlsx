--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7307d9463e1419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc995bb36d683486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbadfa0d2844f49c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fa3dff754bb4442"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb737cd1757e949b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbadfa0d2844f49c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb39efa5cfe6e4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fa3dff754bb4442" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Aktien Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,407</x:t>
-[...161 lines deleted...]
-          <x:t>107,887</x:t>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,603</x:t>
-[...80 lines deleted...]
-          <x:t>107,297</x:t>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>