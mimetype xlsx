--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf5f832d8284f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2bd77b47a0d47d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re04a2f8999304826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9cf6d366ddf46af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00639722ad524c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re04a2f8999304826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833e74c2df9449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9cf6d366ddf46af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>21,945</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>