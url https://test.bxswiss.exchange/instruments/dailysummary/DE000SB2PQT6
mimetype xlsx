--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2bd77b47a0d47d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6232e40815c941f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9cf6d366ddf46af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74bcadff35be43a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833e74c2df9449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9cf6d366ddf46af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09abfe9ad9b496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74bcadff35be43a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>