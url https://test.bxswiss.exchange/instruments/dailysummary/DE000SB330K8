--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e34352363ec4580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b4eff80197943bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48ff030c402449cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9334717f7184e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f43f6764474efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48ff030c402449cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7df3c1861d014b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9334717f7184e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330K8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>353,880</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>