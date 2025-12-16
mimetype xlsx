--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fc65cade3b40ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da3fa3423084ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1261f0143c344681"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R455e23fc0d904db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R713de2e4869c42a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1261f0143c344681" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd48d29a9ef7446c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R455e23fc0d904db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,020</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>