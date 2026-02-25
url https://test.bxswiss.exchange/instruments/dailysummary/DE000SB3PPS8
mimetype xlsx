--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da3fa3423084ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bec8a89f03c45c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R455e23fc0d904db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra697dcba5d944e7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd48d29a9ef7446c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R455e23fc0d904db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e0dd4bee364e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra697dcba5d944e7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>15,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>