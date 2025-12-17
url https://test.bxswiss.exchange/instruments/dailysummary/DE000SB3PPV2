--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5dd2150d024709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88495240f8964d0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b879f820d1d4c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a3bd0d04fc14d47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2672e330e39a4525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b879f820d1d4c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7586ab8816c4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a3bd0d04fc14d47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,755</x:t>
-[...225 lines deleted...]
-          <x:t>64,285</x:t>
+          <x:t>58,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>