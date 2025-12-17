--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a083b6c7d154d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b57f4000dde48a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376b82fbcd744d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R056300161bc4428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f4bba9ba774e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376b82fbcd744d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3dcf67a06884f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R056300161bc4428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>73,050</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>