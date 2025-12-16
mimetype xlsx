--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8901289e848c43cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55c8f5e9b6c4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e64b0f93144b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R195ea802ae61480f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f2c7e356554c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e64b0f93144b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f1e01e492d44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R195ea802ae61480f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>32,955</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,230</x:t>
-[...497 lines deleted...]
-          <x:t>32,895</x:t>
+          <x:t>32,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,895</x:t>
-[...85 lines deleted...]
-          <x:t>36,810</x:t>
+          <x:t>36,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>