--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e03afbeeb44bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d8f8b4a0ee4278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1281c34d657b44ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R569d6f2708514bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2abb343ecd487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1281c34d657b44ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5df2a82f894654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R569d6f2708514bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,015</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>