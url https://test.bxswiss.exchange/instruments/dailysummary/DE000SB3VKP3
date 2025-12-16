--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da5ec3f51c4486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e17983ea8fc4733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f81d199690435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b633cab755b44bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed0f67db1e940a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f81d199690435d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33918f757c048d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b633cab755b44bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,125</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>