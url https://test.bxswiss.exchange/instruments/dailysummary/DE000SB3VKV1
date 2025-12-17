--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3723e38fd3e44439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cba69d22ca74643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0389fac9c5a24c6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c5597dad7e04ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32ea3d27ee794e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0389fac9c5a24c6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d12d9685f664f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c5597dad7e04ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>366,610</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>