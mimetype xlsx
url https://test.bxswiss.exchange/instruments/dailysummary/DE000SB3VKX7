--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e7b6013ebc4e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f20af497344e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7693563d01364dbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88218872d9f4a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1123d8d41f38430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7693563d01364dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf85d339b0cf4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88218872d9f4a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>197,030</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>193,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>