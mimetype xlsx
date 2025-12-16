--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9f380014a6437b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5acc7f43d3654589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290416bdc5504479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71995b1d6c74b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6108046e8d924cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290416bdc5504479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R893bbd3ffd1e422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71995b1d6c74b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Jungheinrich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,311</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,338</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,310</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,299</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>