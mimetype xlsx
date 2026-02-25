--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5acc7f43d3654589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef3d9643e8b4e5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71995b1d6c74b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe2bf8f20ec4623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R893bbd3ffd1e422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71995b1d6c74b30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R430dbac067574233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe2bf8f20ec4623" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Jungheinrich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,447</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...53 lines deleted...]
-          <x:t>0,444</x:t>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,454</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,454</x:t>
-[...193 lines deleted...]
-          <x:t>0,497</x:t>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>