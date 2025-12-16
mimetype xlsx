--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d38e42d24734855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045609288d324cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb9f55151ee450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a335b9404044cef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d09049413914814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb9f55151ee450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8494d621e9854905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a335b9404044cef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,230</x:t>
-        </x:is>
-[...580 lines deleted...]
-          <x:t>31,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>