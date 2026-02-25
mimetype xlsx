--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045609288d324cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376564e662194044" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a335b9404044cef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8458a262aeaa44b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8494d621e9854905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a335b9404044cef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f1005502f741db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8458a262aeaa44b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>30,070</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>31,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>