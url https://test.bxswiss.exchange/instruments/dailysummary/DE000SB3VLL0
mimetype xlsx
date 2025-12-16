--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238048a02b844d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec3ee1fe7a24c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af4f74cdf4f4612"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e0ddeaa12948ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541c16b6dba84b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af4f74cdf4f4612" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b44526e5004c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e0ddeaa12948ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>49,885</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>