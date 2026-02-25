--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec3ee1fe7a24c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d92f230c594651" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e0ddeaa12948ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49420e3cb24542cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b44526e5004c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e0ddeaa12948ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71bdc0a904d14c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49420e3cb24542cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>50,460</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,995</x:t>
-[...21 lines deleted...]
-          <x:t>52,215</x:t>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,365</x:t>
-[...350 lines deleted...]
-          <x:t>51,510</x:t>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>