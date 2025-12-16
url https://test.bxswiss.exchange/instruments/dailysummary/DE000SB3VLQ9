--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273dd2ee1e2140a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7592c08e2b704314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R814f3044286b4801"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re924fe34d59c44f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a838e0db437484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R814f3044286b4801" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf28fbfbe9974472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re924fe34d59c44f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>119,240</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>