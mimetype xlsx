--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0bfaeba0413491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993e867b1f1e4f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbec5e7885641ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6449394fdf1a4437"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f5e4a738fb4611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbec5e7885641ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ad15baee21443a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6449394fdf1a4437" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>14,060</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>