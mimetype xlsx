--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993e867b1f1e4f6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b93538f205d45a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6449394fdf1a4437"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a1012c4f414a95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ad15baee21443a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6449394fdf1a4437" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c4e6ed4a414ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a1012c4f414a95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>5,400</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,235</x:t>
-[...215 lines deleted...]
-          <x:t>4,860</x:t>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>