--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ca80833e4747fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b333c7a665641bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802b75f3107a4b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59923f9420c345bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re253ed1069244c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802b75f3107a4b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711cc3207be14c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59923f9420c345bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>69,500</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>78,095</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>