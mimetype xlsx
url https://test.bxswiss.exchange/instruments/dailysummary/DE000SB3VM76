--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b333c7a665641bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3192e188794e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59923f9420c345bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red04b483e2cb4d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711cc3207be14c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59923f9420c345bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6348a4f1e49b46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red04b483e2cb4d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>91,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>