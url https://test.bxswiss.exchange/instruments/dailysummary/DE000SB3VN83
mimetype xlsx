--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53cc410d66624a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76c6d1a22d54d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e483bfb9dff4714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb390402fe7a34d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf96764a66c4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e483bfb9dff4714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25161cd8cb264fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb390402fe7a34d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>10,010</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,880</x:t>
-[...465 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,095</x:t>
-[...43 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,215</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>10,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>