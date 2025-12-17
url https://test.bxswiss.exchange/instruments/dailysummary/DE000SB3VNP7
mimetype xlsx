--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bbb1b5139145ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f6f8258d8c4e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd3b412387374a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb744b44d5c140b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fabe7a93e034544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd3b412387374a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc759a57b097240c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb744b44d5c140b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,505</x:t>
-[...112 lines deleted...]
-          <x:t>16,005</x:t>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>20,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,145</x:t>
-[...173 lines deleted...]
-          <x:t>18,715</x:t>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,180</x:t>
-[...112 lines deleted...]
-          <x:t>21,570</x:t>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>