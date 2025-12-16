--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286b99602d0a4c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02025912c7d4268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9585b68e79f54bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ec3ad5ad7c495d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473f1e3f7d06467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9585b68e79f54bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817c8cf3be8c4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ec3ad5ad7c495d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>44,505</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,225</x:t>
-[...345 lines deleted...]
-          <x:t>45,460</x:t>
+          <x:t>41,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,785</x:t>
-[...53 lines deleted...]
-          <x:t>44,165</x:t>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>