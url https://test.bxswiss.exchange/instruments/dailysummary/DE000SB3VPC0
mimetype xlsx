--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02025912c7d4268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc56feb3e1b014722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ec3ad5ad7c495d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbba722b9e594bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817c8cf3be8c4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ec3ad5ad7c495d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4ce565d8e3454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbba722b9e594bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>47,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,950</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>49,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>45,090</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>